--- v0 (2026-01-05)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2025dc256f0b4b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eed132d97b543cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26911a3982564246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc79b8930834a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b56517c390b4873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26911a3982564246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdabc6748181c4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc79b8930834a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Term Opportunity Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>139,691</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>