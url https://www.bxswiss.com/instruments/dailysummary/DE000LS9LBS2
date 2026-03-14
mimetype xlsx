--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eed132d97b543cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19c5eeb47bcb4b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc79b8930834a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133afc6c2a764171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdabc6748181c4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc79b8930834a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a7a07e81d55401b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133afc6c2a764171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Term Opportunity Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>143,871</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...451 lines deleted...]
-          <x:t>142,393</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>