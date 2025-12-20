--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e05241549d47f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c1f995e7f248db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb1192d39b7b4e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5db279d2f674a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra359e9f390874144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb1192d39b7b4e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce269acf7c3f40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5db279d2f674a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>196,532</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>