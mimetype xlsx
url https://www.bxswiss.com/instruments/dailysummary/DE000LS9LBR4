--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c1f995e7f248db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1e75aefc4f48bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5db279d2f674a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a71f2807e54292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce269acf7c3f40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5db279d2f674a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd82ec768ab54899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a71f2807e54292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,256</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>195,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,983</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>