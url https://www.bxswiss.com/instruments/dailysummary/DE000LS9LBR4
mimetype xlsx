--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb1e75aefc4f48bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505836866cc349fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70a71f2807e54292"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1353ccd65a1c458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd82ec768ab54899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70a71f2807e54292" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae30356b9394fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1353ccd65a1c458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>