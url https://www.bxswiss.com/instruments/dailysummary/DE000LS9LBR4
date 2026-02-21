--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505836866cc349fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc874af50e794d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1353ccd65a1c458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ff781b3d7843b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ae30356b9394fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1353ccd65a1c458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf28fc5c4e89c48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ff781b3d7843b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>198,398</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>