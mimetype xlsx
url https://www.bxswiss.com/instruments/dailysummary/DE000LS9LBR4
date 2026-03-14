--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc874af50e794d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa2367a976f944eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49ff781b3d7843b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5b9d2c827942f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf28fc5c4e89c48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49ff781b3d7843b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7e24fb5aeb54c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5b9d2c827942f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Future Return</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,687</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>190,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>