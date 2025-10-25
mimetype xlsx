--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R215cc80c422b4047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520bc1aea3514da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3406267cba7d459c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6df49fb5584779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f2601c15044186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3406267cba7d459c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88add377200d4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6df49fb5584779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,653</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>