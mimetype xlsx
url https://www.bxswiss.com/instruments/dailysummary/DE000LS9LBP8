--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520bc1aea3514da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc774eadbd6c348d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6df49fb5584779"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bbbf5445fa43e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88add377200d4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6df49fb5584779" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0674a04f1d304a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bbbf5445fa43e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,947</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>