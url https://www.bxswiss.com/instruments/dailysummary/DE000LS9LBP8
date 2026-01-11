--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc774eadbd6c348d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46752f75235c4020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bbbf5445fa43e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7490e1c8c2145fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0674a04f1d304a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bbbf5445fa43e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fdc16ce75184ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7490e1c8c2145fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,222</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>