--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46752f75235c4020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63ec6048bee41e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7490e1c8c2145fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d22304cfd146ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fdc16ce75184ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7490e1c8c2145fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd371234a3a05421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d22304cfd146ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,031</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>