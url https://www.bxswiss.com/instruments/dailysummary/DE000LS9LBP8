--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63ec6048bee41e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R461870cd16664f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d22304cfd146ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8468183400774c29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd371234a3a05421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d22304cfd146ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd91268ad5fc34438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8468183400774c29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCHOKOLADE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -581,77 +203,50 @@
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>