--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b5b933d4bd4d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf9a598d9844d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0525126238064eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0390fba22841d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R036a02b2a97642b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0525126238064eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ceec686a204a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0390fba22841d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>168,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>168,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>169,291</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>