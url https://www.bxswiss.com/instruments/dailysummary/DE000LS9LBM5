--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf9a598d9844d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44485da6a454ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0390fba22841d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c1530a380243b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ceec686a204a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0390fba22841d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebb07038201847f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c1530a380243b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,566</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>