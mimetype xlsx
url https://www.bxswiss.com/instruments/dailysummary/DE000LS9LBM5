--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44485da6a454ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d25039992de4b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9c1530a380243b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952156247421419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebb07038201847f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9c1530a380243b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad2635fa2334faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952156247421419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>165,662</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,164</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>166,164</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>