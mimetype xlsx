--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d25039992de4b88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bfb7fc01bc24b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952156247421419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ca30fa0f36e4c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcad2635fa2334faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952156247421419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77a6d42a8fa43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ca30fa0f36e4c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,786</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>