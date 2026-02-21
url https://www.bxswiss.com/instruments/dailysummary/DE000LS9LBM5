--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bfb7fc01bc24b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6720718d481f4af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ca30fa0f36e4c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aaa5e5eda7c4d4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77a6d42a8fa43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ca30fa0f36e4c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684bd9f7e11a440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aaa5e5eda7c4d4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>