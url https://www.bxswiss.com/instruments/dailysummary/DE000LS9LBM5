--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6720718d481f4af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf723aa4c117149b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aaa5e5eda7c4d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9a5f312fdf34535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684bd9f7e11a440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aaa5e5eda7c4d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b957c8dda242f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9a5f312fdf34535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worlds Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,231</x:t>
-[...26 lines deleted...]
-          <x:t>146,621</x:t>
+          <x:t>145,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,115</x:t>
-[...242 lines deleted...]
-          <x:t>145,148</x:t>
+          <x:t>144,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>