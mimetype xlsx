--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f1b82c5ff24027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8210fc2dc15245bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eba00414cd1494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e778e23408475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re776b0567a2a4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eba00414cd1494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e6c7cc358e4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e778e23408475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien für Gegenwart und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>