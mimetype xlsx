--- v1 (2025-10-31)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8210fc2dc15245bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda89936714c44da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75e778e23408475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4656586832704b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4e6c7cc358e4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75e778e23408475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7af62e90ba4b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4656586832704b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien für Gegenwart und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,245</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>