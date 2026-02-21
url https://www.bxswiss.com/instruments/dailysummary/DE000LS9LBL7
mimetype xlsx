--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reda89936714c44da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a36b19f25534652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4656586832704b57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95fa1020dcb24798"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7af62e90ba4b7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4656586832704b57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbca702108f74fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95fa1020dcb24798" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien für Gegenwart und Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,342</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>