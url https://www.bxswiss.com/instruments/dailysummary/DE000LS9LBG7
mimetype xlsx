--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ca36c857d343c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c6144e9eb1948f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R543374cf765b466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc77cf2d60d43bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fe197d91a034ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R543374cf765b466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe14bc08383494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc77cf2d60d43bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OptimierungDeutscherAktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,422</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>