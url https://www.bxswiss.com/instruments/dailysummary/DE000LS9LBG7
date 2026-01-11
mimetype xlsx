--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c6144e9eb1948f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f38b19595e441a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc77cf2d60d43bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ad48b5b451495d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe14bc08383494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc77cf2d60d43bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb6bc4b879f6497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ad48b5b451495d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OptimierungDeutscherAktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>