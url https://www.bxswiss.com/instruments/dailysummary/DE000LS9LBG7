--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f38b19595e441a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R756296acb63b42db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ad48b5b451495d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e5ee1065d84005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb6bc4b879f6497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ad48b5b451495d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9983856d604c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e5ee1065d84005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OptimierungDeutscherAktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,536</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>