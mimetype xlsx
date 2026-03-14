--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R756296acb63b42db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01a9bf91485c4f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e5ee1065d84005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2503a2c1daf40a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f9983856d604c8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e5ee1065d84005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6baf2369a7694865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2503a2c1daf40a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>OptimierungDeutscherAktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>