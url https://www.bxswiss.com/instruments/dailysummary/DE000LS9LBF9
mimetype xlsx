--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R093e1a5ae2064925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a4b284cce64242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra57281cccad64aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bd5492746d4b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7d09612d71495e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra57281cccad64aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1deb3f79790406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bd5492746d4b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,418 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...343 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,816</x:t>
@@ -704,31 +339,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>