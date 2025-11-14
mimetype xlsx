--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66a4b284cce64242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49d417a213a44f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bd5492746d4b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e9b94ad04e452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1deb3f79790406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bd5492746d4b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda382f449114dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e9b94ad04e452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>