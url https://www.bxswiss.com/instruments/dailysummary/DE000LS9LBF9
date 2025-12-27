--- v2 (2025-11-14)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49d417a213a44f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6313547878c41fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e9b94ad04e452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d40702bdee24057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda382f449114dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e9b94ad04e452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c759485ca284bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d40702bdee24057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>169,372</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>