--- v3 (2025-12-27)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6313547878c41fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0c1f9342674867" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d40702bdee24057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc696e2d173ba4588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c759485ca284bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d40702bdee24057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53bac76582944c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc696e2d173ba4588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>193,839</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>