--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0c1f9342674867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff0d7acf3bc4127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc696e2d173ba4588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af35e6005ac42fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53bac76582944c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc696e2d173ba4588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce7b95de817d4b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af35e6005ac42fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>