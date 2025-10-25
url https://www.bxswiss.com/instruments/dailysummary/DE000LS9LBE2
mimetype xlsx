--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb592fba2ad4c43b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074f8e085e934bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd828c65b98b3406e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150aa60f46db4979"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786577cbeca641e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd828c65b98b3406e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5106b1d196427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150aa60f46db4979" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimus 1-Substanzwerte D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,108</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>