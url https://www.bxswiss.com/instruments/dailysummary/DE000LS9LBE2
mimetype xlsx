--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074f8e085e934bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c6a546e9864824" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R150aa60f46db4979"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a6b0811f43487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd5106b1d196427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R150aa60f46db4979" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78beadb31e344618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a6b0811f43487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimus 1-Substanzwerte D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>