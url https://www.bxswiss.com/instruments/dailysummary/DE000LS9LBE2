--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c6a546e9864824" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d0030bc2f64268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63a6b0811f43487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3770da47b2f14bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78beadb31e344618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63a6b0811f43487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f129346e1d54a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3770da47b2f14bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimus 1-Substanzwerte D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,056</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>