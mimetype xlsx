--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d0030bc2f64268" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42bffc1e83b24650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3770da47b2f14bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd08f8ef514b34265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f129346e1d54a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3770da47b2f14bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5f0c0073894f9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd08f8ef514b34265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Optimus 1-Substanzwerte D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>