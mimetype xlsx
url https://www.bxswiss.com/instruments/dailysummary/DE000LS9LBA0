--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec87da40ee747f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4118fb5a9b6c4954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2e7ed67d5e4430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98393cd882748b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8691a07403fb4858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2e7ed67d5e4430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f63ee4e750642c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98393cd882748b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend System 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,335 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...283 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -644,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>