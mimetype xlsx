--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4118fb5a9b6c4954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49157c298f044d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98393cd882748b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e22930672a4199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f63ee4e750642c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98393cd882748b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57946a7aa08142c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e22930672a4199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend System 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,929</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>