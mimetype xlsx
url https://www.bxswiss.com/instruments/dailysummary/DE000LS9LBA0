--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49157c298f044d27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ed9daacab44650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e22930672a4199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b14bfd0b164c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57946a7aa08142c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e22930672a4199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0048211a233540e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b14bfd0b164c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend System 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>