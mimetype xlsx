--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ed9daacab44650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recefba7075144d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b14bfd0b164c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3c7a87de424d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0048211a233540e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b14bfd0b164c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41ee5db10af4ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3c7a87de424d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend System 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>161,567</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>