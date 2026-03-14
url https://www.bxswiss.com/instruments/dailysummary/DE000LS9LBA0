--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recefba7075144d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R427fe5e8b1b84916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3c7a87de424d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59fe2d352de46a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41ee5db10af4ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3c7a87de424d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3efbdfd2f9fa40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59fe2d352de46a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend System 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LBA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.02.2026</x:t>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>164,708</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>