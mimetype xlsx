--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83e95736b27e461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996c0410d53f4738" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce601c57272543c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8376e58dbc944262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d98c3206bc4681" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce601c57272543c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb237dd19f20947fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8376e58dbc944262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>183,398</x:t>
-[...495 lines deleted...]
-          <x:t>181,647</x:t>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>