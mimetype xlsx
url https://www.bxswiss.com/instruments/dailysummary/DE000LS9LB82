--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R996c0410d53f4738" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc77febbeb94968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8376e58dbc944262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9111c8c1b6f34a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb237dd19f20947fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8376e58dbc944262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f0bbcf977849f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9111c8c1b6f34a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>