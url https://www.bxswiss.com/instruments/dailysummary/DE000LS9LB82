--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc77febbeb94968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1797e0eebb4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9111c8c1b6f34a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e103fa27ece4510"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f0bbcf977849f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9111c8c1b6f34a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398d04ca6cd4421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e103fa27ece4510" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>187,603</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,632</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>