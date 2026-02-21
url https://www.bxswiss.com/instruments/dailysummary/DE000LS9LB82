--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1797e0eebb4bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra585556f760c4625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e103fa27ece4510"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b240a1d1f94ab8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398d04ca6cd4421f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e103fa27ece4510" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19fe972ec70846ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b240a1d1f94ab8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>188,057</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>