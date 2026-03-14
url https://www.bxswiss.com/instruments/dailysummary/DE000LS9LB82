--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra585556f760c4625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f9c4e63ee74f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b240a1d1f94ab8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd2023e707c426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19fe972ec70846ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b240a1d1f94ab8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9faca4ea8b224355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd2023e707c426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>194,979</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,970</x:t>
-[...242 lines deleted...]
-          <x:t>197,101</x:t>
+          <x:t>194,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>