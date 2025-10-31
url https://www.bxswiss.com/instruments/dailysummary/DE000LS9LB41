--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radd670abfb364dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074d07c770224aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97152984dd1040d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62073224e54441e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0001dc0dfef8445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97152984dd1040d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ba6d1b757447b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62073224e54441e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>115,275</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,292</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>114,847</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>