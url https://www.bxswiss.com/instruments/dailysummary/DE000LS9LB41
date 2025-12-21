--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074d07c770224aa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffbf7ef6ae8c4db9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62073224e54441e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71b8419972d446b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ba6d1b757447b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62073224e54441e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5779c27cee674c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71b8419972d446b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,043</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>