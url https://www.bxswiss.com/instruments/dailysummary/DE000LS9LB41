--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffbf7ef6ae8c4db9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7130f8a18284a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71b8419972d446b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R245201a4f6284fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5779c27cee674c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71b8419972d446b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d20a87f9e24a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R245201a4f6284fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>