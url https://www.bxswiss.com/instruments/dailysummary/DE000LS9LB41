--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7130f8a18284a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32757266cc54b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R245201a4f6284fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0047875adeed4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d20a87f9e24a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R245201a4f6284fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5f335a94c94736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0047875adeed4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,492</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>