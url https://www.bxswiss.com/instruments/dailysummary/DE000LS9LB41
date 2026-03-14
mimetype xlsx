--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32757266cc54b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece22d1e3d1443d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0047875adeed4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5953b154fc77423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5f335a94c94736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0047875adeed4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ddf69afc3dd4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5953b154fc77423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>120,498</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,754</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>121,789</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>