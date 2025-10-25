--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80434728c53b4b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30fd65cf64f4883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242844dfb62240a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eaa3a4dec804001"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41147567e7304f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242844dfb62240a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb69ba250474b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eaa3a4dec804001" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,307</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>