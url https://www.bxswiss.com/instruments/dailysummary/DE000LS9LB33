--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30fd65cf64f4883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4674381d47b34816" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eaa3a4dec804001"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49fbbc5ef6834e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb69ba250474b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eaa3a4dec804001" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra162187b14cb46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49fbbc5ef6834e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>70,330</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>