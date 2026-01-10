--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4674381d47b34816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33955e53909f4ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49fbbc5ef6834e6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a81d2a6fe54a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra162187b14cb46cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49fbbc5ef6834e6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb5efad36f14cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a81d2a6fe54a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>75,164</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>74,941</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>