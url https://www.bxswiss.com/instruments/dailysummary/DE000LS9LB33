--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33955e53909f4ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565929ffd05443c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a81d2a6fe54a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c53acac4d364342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb5efad36f14cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a81d2a6fe54a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995444da11ac445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c53acac4d364342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>81,801</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>