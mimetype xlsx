--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565929ffd05443c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc9ba5bf03484087" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c53acac4d364342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf46affc093f40ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995444da11ac445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c53acac4d364342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae59a8eac14248dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf46affc093f40ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>