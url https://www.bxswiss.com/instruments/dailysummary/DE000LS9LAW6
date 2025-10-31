--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc4417c71754b36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde964b49f5fa407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6120511cd5c4e85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c9f926b5d34a0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180a9d1f989243a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6120511cd5c4e85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74159cfa68ba4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c9f926b5d34a0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>