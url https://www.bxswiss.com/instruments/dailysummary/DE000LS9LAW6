--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde964b49f5fa407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3c090143cb45fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c9f926b5d34a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26ab1b9b729b4c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74159cfa68ba4806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c9f926b5d34a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cd374b5a9e4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26ab1b9b729b4c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>291,449</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>291,292</x:t>
-[...296 lines deleted...]
-          <x:t>308,448</x:t>
+          <x:t>287,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>