--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3c090143cb45fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3c8c9e91f94b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26ab1b9b729b4c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raade9ffb01aa433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cd374b5a9e4699" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26ab1b9b729b4c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f209b7d880d4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raade9ffb01aa433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>287,386</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>