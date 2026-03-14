--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d3c8c9e91f94b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra64672c9ac0243d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raade9ffb01aa433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ed6f4127894b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f209b7d880d4f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raade9ffb01aa433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77a09c95d8d34099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ed6f4127894b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertefinder Technologie 5G</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>