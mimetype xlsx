--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12916e2003114d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b88a838602e4135" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66638dd9e4224b11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186b505e653b41fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f32cf666cfc46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66638dd9e4224b11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54cfd590a8b46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186b505e653b41fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>233,961</x:t>
-[...394 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>234,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,960</x:t>
-[...9 lines deleted...]
-          <x:t>230,419</x:t>
+          <x:t>230,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>