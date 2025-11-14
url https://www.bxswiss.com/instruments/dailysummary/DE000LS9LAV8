--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b88a838602e4135" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdd1ce9479a74a6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186b505e653b41fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf841c3f3893641ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54cfd590a8b46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186b505e653b41fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902f4678f0de4bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf841c3f3893641ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,960</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>230,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,211</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>