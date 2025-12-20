--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdd1ce9479a74a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08200ff59f0e41ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf841c3f3893641ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ecea05885c481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902f4678f0de4bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf841c3f3893641ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2819de00c6b47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ecea05885c481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>228,891</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>