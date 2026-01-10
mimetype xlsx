--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08200ff59f0e41ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad577f5f6ffe4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ecea05885c481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06ff7f524c44da8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2819de00c6b47ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ecea05885c481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374f26ee4d694e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06ff7f524c44da8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>233,896</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>234,413</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>