--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad577f5f6ffe4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63915b5f83c47e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06ff7f524c44da8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ec45ea8e26415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R374f26ee4d694e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06ff7f524c44da8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb3e1a08e404b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ec45ea8e26415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>242,857</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>