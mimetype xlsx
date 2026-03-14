--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc63915b5f83c47e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7625a22b054f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ec45ea8e26415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb797e39335364bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb3e1a08e404b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ec45ea8e26415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8880f82a6e2b47f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb797e39335364bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>