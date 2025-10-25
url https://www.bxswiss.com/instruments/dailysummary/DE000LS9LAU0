--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac150f2ba24484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272fe7d1d4214de8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40de694169c24b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re682729cdfc14927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb979db8d478d4bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40de694169c24b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258abd829eae4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re682729cdfc14927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>