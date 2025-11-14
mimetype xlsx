--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272fe7d1d4214de8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d0194c7a44180" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re682729cdfc14927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ab1eb948fb4733"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258abd829eae4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re682729cdfc14927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445f3b1e2df74dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ab1eb948fb4733" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>