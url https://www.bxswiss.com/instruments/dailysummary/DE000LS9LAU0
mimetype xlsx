--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d0194c7a44180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6fc16123be54dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ab1eb948fb4733"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a425d49f0f4fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445f3b1e2df74dc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ab1eb948fb4733" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46fa77978e64284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a425d49f0f4fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>356,029</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>