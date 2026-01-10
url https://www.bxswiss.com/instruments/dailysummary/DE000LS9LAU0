--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6fc16123be54dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9904b9d550a4969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a425d49f0f4fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34188c4d1024fec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb46fa77978e64284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a425d49f0f4fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dde7d4a460e4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34188c4d1024fec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>360,186</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>358,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>358,452</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>358,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,124</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>