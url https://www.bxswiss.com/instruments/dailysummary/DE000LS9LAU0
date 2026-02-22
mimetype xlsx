--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9904b9d550a4969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40c3a145aaa44bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34188c4d1024fec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e2d388393f46c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dde7d4a460e4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34188c4d1024fec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9063aea75a243e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e2d388393f46c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>358,363</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>357,455</x:t>
-[...296 lines deleted...]
-          <x:t>358,030</x:t>
+          <x:t>354,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>