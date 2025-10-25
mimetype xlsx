--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb9864b37004465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef0fb7f3711481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83929ff7eaf04ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64d851298ab46c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd233342253a5480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83929ff7eaf04ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722b8cf3904c4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64d851298ab46c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzerne und Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,458</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>