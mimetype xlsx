--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcef0fb7f3711481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe75c9ec7484ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64d851298ab46c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75156e1a868a42d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722b8cf3904c4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64d851298ab46c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7de4d767608425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75156e1a868a42d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzerne und Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,67 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,148</x:t>
@@ -764,31 +326,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>