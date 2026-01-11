--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe75c9ec7484ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b1c8ac9ccb49de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75156e1a868a42d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ab8228649684396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7de4d767608425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75156e1a868a42d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8218fa6e7924927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ab8228649684396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzerne und Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...553 lines deleted...]
-          <x:t>141,043</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>