--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81b1c8ac9ccb49de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9cca81db2cb4680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ab8228649684396"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27fa24795de4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8218fa6e7924927" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ab8228649684396" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592a91387d15446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27fa24795de4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzerne und Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,310</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>