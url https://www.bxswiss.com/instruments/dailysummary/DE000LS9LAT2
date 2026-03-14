--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9cca81db2cb4680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd926b488043f4e37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27fa24795de4b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db9472505234524"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R592a91387d15446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27fa24795de4b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb69f44de7e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db9472505234524" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzerne und Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>