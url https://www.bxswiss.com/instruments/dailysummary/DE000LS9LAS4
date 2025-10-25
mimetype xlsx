--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b08d33449454a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6508c131d04537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3511fc6b04140b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd56cee755f94715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80396e15d1714ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3511fc6b04140b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880004d23ef14273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd56cee755f94715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,586</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>