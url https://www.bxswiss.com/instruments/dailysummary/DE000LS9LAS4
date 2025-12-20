--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6508c131d04537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7722dbd2784868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd56cee755f94715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2eccc6cb0c4f95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880004d23ef14273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd56cee755f94715" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157c51d1132c4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2eccc6cb0c4f95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,035</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>