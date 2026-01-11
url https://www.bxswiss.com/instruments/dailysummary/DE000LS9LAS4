--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7722dbd2784868" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b20e0bc14564bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2eccc6cb0c4f95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b7ce0725744db8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157c51d1132c4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2eccc6cb0c4f95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R065704164eb84b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b7ce0725744db8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,317</x:t>
-[...252 lines deleted...]
-          <x:t>128,331</x:t>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>