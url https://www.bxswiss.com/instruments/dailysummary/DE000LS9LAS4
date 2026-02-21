--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b20e0bc14564bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R165d5ba898404e68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b7ce0725744db8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2439ba52a1de4680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R065704164eb84b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b7ce0725744db8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc54b55f1b95e4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2439ba52a1de4680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>128,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>127,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>127,834</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>130,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>