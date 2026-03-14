--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R165d5ba898404e68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d65ed10e6d497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2439ba52a1de4680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6151770a2e744d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc54b55f1b95e4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2439ba52a1de4680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc669b3c42394982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6151770a2e744d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>126,430</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,817</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>128,043</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>