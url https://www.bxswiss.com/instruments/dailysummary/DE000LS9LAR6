--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7c4f701bb94050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R852af55cf0ae461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2b52e2508d4e12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0000f75728401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d06e7ccd3d44f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2b52e2508d4e12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff71818a1734ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0000f75728401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FN Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>210,148</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>208,659</x:t>
-[...188 lines deleted...]
-          <x:t>212,481</x:t>
+          <x:t>208,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>