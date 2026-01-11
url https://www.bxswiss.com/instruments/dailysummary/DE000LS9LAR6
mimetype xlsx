--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R852af55cf0ae461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098c7b614db04e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0000f75728401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b97f1488dd48a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff71818a1734ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0000f75728401f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0f06cf12ca4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b97f1488dd48a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FN Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>