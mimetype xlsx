--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098c7b614db04e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b4f9ba9e3e4c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b97f1488dd48a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07ad7feba2a4204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0f06cf12ca4f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b97f1488dd48a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe4a6e961b649e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07ad7feba2a4204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FN Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>226,477</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>