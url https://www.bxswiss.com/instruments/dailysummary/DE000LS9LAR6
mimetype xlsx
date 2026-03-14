--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06b4f9ba9e3e4c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5beb61d291d74e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07ad7feba2a4204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8544300adce34945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe4a6e961b649e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07ad7feba2a4204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ef97584aea4df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8544300adce34945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FN Invest Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>