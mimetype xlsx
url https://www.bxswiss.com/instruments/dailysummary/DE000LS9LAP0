--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca12ed409e247af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e73e916d294013" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7fe18937514b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c51638b8c334394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ce116ba43a84c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7fe18937514b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d4bad2ede4470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c51638b8c334394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>