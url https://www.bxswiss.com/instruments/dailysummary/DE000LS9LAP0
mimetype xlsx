--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e73e916d294013" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353405a38c9c4d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c51638b8c334394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4caa0461049f4d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9d4bad2ede4470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c51638b8c334394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81e9399a38a4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4caa0461049f4d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>172,449</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>