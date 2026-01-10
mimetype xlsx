--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R353405a38c9c4d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9704524bd0ff417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4caa0461049f4d94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe263bcb3f24ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81e9399a38a4022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4caa0461049f4d94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae40253e92624fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe263bcb3f24ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>