--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9704524bd0ff417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d19fafafe14fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe263bcb3f24ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc331443ec2f3480a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae40253e92624fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe263bcb3f24ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf1247c11614c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc331443ec2f3480a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>180,208</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>