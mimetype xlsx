--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40d19fafafe14fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ae0f9e63d04113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc331443ec2f3480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327f27e377d44e3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf1247c11614c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc331443ec2f3480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df8279425b84b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327f27e377d44e3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>