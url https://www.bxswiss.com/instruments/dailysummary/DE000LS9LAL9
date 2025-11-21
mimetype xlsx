--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c78714354d64138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc924f58a764f9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55715c9f7ff84c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R370aa64a13cd4d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77eeca868d9540f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55715c9f7ff84c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbec1488792944db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R370aa64a13cd4d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mephisto VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>