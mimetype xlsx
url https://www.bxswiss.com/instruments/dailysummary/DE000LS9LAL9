--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fc924f58a764f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd35720aaf34a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R370aa64a13cd4d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25432990ead14e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbec1488792944db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R370aa64a13cd4d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c9585549574eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25432990ead14e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mephisto VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,337</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>