--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dd35720aaf34a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae6850d2a984421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25432990ead14e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017912af9c4d4f7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9c9585549574eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25432990ead14e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89dfcc362fda409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017912af9c4d4f7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mephisto VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>249,897</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>