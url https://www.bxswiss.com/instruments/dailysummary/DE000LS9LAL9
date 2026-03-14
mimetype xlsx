--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ae6850d2a984421" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f64a6e8c264e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017912af9c4d4f7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268d08c656e74db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89dfcc362fda409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017912af9c4d4f7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b46aab91bc1451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268d08c656e74db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mephisto VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>