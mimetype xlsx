--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b0bd815b0614736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b7eeda518d46c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868f639a32154334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43bcb96684847ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac6a91e62b6470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868f639a32154334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e007373ccf347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43bcb96684847ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,255</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>157,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,972</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>