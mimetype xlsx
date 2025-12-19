--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49b7eeda518d46c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1186dd1de7eb4c38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf43bcb96684847ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54537b03b0d34793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e007373ccf347eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf43bcb96684847ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49cefab1ba394fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54537b03b0d34793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,736</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>