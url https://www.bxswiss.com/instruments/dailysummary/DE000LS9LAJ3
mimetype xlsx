--- v2 (2025-12-19)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1186dd1de7eb4c38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9688bdfd374c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54537b03b0d34793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151a0b80d53a4dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49cefab1ba394fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54537b03b0d34793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ccfed216524f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151a0b80d53a4dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>166,457</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>161,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>