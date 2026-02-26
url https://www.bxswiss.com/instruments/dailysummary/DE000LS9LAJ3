--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b9688bdfd374c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bc2b6720e64ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151a0b80d53a4dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4366e7637844111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ccfed216524f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151a0b80d53a4dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf9dd26c4714b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4366e7637844111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,206</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>