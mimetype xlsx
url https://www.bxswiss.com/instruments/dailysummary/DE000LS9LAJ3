--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23bc2b6720e64ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb033ccab8f454581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4366e7637844111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8f7d81bc6340ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf9dd26c4714b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4366e7637844111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf53c87ca6564c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8f7d81bc6340ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>169,306</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>