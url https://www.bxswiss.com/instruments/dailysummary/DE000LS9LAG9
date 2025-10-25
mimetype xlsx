--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15200a0d1ff4098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b2f22ab92d4b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dfc8605839642a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f3d068619c4528"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a38fa971c64e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dfc8605839642a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8947569627464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f3d068619c4528" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SL Concept Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>