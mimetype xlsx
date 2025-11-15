--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b2f22ab92d4b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f96a8f07d50434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f3d068619c4528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2bb179052544be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a8947569627464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f3d068619c4528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a7f1383041443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2bb179052544be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SL Concept Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>74,838</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,469</x:t>
+          <x:t>74,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>76,556</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>