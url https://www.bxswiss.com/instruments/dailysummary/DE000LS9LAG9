--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f96a8f07d50434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21486808a95b44bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a2bb179052544be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1ab99f383b4f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a7f1383041443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a2bb179052544be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4267e0c26dbc4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1ab99f383b4f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SL Concept Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,634</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>23.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,279</x:t>
-[...441 lines deleted...]
-          <x:t>73,940</x:t>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>