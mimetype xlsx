--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21486808a95b44bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce79f079ad474313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1ab99f383b4f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fed39e4320449f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4267e0c26dbc4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1ab99f383b4f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52741a1c52504a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fed39e4320449f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SL Concept Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>77,326</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>