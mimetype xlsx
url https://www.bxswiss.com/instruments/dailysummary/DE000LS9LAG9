--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce79f079ad474313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e01f60fc3040b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fed39e4320449f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R310e3f51c4d34e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52741a1c52504a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fed39e4320449f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa5f20c3c0644cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R310e3f51c4d34e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SL Concept Aktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>