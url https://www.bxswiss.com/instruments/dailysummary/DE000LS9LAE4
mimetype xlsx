--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4d5fd005ed2428e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d6bab799d7f4812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6adaa01d79ce4168"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb612b6a0d9434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5eaacaec0354358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6adaa01d79ce4168" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bf31a4accb4a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb612b6a0d9434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>