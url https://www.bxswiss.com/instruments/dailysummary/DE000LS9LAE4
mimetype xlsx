--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d6bab799d7f4812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R616492527c5b4c3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb612b6a0d9434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa27d9ba18b14164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bf31a4accb4a5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb612b6a0d9434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d96536c33fb48a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa27d9ba18b14164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>187,111</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>