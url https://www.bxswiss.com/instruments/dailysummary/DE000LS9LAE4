--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R616492527c5b4c3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6e0c904d7d4b47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa27d9ba18b14164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2271ad8ef8f4faa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d96536c33fb48a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa27d9ba18b14164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd2fa19239a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2271ad8ef8f4faa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>