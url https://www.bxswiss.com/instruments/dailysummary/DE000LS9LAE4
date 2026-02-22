--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6e0c904d7d4b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f3976c6e9d4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2271ad8ef8f4faa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a49bff28c7b4334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbd2fa19239a4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2271ad8ef8f4faa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53866f4a4f464ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a49bff28c7b4334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>193,293</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>