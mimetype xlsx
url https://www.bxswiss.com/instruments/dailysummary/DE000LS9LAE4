--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f3976c6e9d4d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b8f89519cc94faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a49bff28c7b4334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f0ee720f2c4edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53866f4a4f464ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a49bff28c7b4334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra90f6090ced84c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f0ee720f2c4edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>