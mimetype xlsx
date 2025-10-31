--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16e430d518754b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd9a6183f474a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e9a2abd8824547"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ccb5df6e4548d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20625c06e8e34049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e9a2abd8824547" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69bafd0930d6469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ccb5df6e4548d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>156,369</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,574</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,123</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>156,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>