--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cd9a6183f474a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a331054c2cf49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ccb5df6e4548d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c7bc80f2654e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69bafd0930d6469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ccb5df6e4548d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd93410a46bb417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c7bc80f2654e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,789</x:t>
-[...576 lines deleted...]
-          <x:t>153,428</x:t>
+          <x:t>154,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>