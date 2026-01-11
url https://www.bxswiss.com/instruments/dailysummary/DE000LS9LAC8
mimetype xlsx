--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a331054c2cf49c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362eb70a94db4426" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c7bc80f2654e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a09790bd5164afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd93410a46bb417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c7bc80f2654e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdafda7e20fa64fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a09790bd5164afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>