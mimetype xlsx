--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R362eb70a94db4426" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a77831a57e4c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a09790bd5164afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d7b7c7516e44da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdafda7e20fa64fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a09790bd5164afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82e9d7397f54a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d7b7c7516e44da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>159,673</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>