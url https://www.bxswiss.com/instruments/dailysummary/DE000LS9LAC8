--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a77831a57e4c02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65db40a9068a4b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d7b7c7516e44da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc951a6092a34dce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re82e9d7397f54a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d7b7c7516e44da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc2c6aef81f42bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc951a6092a34dce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>153,019</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>154,926</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,165</x:t>
-[...188 lines deleted...]
-          <x:t>154,664</x:t>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>