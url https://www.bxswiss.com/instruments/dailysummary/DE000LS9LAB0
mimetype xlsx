--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d30079490944b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c2097b218f4526" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R555020a9d3a04a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c490f6e3c14940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re63a9c26ff7e4eff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R555020a9d3a04a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba28f2d2e7c4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c490f6e3c14940" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma und Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,286 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>