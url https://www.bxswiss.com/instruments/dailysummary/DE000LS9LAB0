--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c2097b218f4526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d24fad71614901" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8c490f6e3c14940"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa79f83c21a4df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba28f2d2e7c4235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8c490f6e3c14940" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87257170200f4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa79f83c21a4df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma und Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,286 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...253 lines deleted...]
-          <x:t>107,388</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>