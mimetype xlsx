--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d24fad71614901" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06fc5ec4fdfd4a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa79f83c21a4df1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c0099ced5e49fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87257170200f4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa79f83c21a4df1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6f81fdc4584f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c0099ced5e49fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma und Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>103,562</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,966</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>103,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,056</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>