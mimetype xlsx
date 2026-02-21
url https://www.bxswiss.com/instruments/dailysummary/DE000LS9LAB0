--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06fc5ec4fdfd4a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4df5af3caa4670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c0099ced5e49fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27c905ce2f1649e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6f81fdc4584f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c0099ced5e49fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bfee6f82ad3439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27c905ce2f1649e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pharma und Biotechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,551</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>105,045</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>