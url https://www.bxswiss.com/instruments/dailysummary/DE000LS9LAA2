--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb19529ccc66c4768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877efef82682418d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf24e85246ff422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6979e96bc2884181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb5b87a26ae45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf24e85246ff422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7216c27b8f84bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6979e96bc2884181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>106,410</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,064</x:t>
-[...328 lines deleted...]
-          <x:t>106,524</x:t>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>