--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877efef82682418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d9e9dff09743ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6979e96bc2884181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586204b78f914433"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7216c27b8f84bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6979e96bc2884181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8927f4310d943f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586204b78f914433" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,553</x:t>
-[...58 lines deleted...]
-          <x:t>105,857</x:t>
+          <x:t>106,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...559 lines deleted...]
-          <x:t>106,858</x:t>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>