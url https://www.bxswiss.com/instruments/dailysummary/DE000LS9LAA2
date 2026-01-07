--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d9e9dff09743ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d6e5d5f20d4d3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586204b78f914433"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3242c54b75724d69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8927f4310d943f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586204b78f914433" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02ce1186e3f41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3242c54b75724d69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,531</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>