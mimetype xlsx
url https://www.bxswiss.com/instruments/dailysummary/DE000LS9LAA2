--- v3 (2026-01-07)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d6e5d5f20d4d3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4ace3943ba4e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3242c54b75724d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc59020e93dd45d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02ce1186e3f41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3242c54b75724d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3de9b67e310a457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc59020e93dd45d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,82 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,036</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>