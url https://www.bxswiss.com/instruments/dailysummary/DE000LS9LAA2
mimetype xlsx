--- v4 (2026-01-09)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda4ace3943ba4e71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2be5f1097d54060" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc59020e93dd45d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aca2f9ba5a94fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3de9b67e310a457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc59020e93dd45d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dac06bc0f1b4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aca2f9ba5a94fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>106,127</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,441</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...224 lines deleted...]
-          <x:t>106,102</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,941</x:t>
-[...139 lines deleted...]
-          <x:t>107,877</x:t>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>