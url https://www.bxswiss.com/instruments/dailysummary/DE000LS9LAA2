--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2be5f1097d54060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7205449952894e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aca2f9ba5a94fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dd0801ce5aa4e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dac06bc0f1b4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aca2f9ba5a94fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra01f942258d84c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dd0801ce5aa4e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>104,730</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>106,837</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>