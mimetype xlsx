--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9d41bd6efd8473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeaf62bf92c04ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f13461cab14b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e396199b314fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cef5a8213074a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f13461cab14b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6bba381f33f4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e396199b314fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KMInvest Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,499</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>152,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,205</x:t>
-[...220 lines deleted...]
-          <x:t>152,270</x:t>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>