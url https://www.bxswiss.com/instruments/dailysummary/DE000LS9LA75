--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeaf62bf92c04ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbabe70e361b04b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e396199b314fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2a7b5b3eab14188"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6bba381f33f4fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e396199b314fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60dcec6b33e4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2a7b5b3eab14188" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KMInvest Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,630</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>