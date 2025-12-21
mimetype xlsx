--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf65549692464056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2725795313aa462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc34ace4d037434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7051708f66464a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R857f6dc2f0b64947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc34ace4d037434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28737db3391d47f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7051708f66464a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsgesellschaften</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>84,622</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,222</x:t>
-[...139 lines deleted...]
-          <x:t>88,317</x:t>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>