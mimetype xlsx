--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2725795313aa462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfb43b56d3342cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7051708f66464a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc323f470b44604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28737db3391d47f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7051708f66464a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5fa8b9f16a43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc323f470b44604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsgesellschaften</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>87,443</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,353</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>