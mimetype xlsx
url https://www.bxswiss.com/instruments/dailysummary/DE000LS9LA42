--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfb43b56d3342cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53492ab1fd1a4723" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fc323f470b44604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12387f9212d54111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5fa8b9f16a43dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fc323f470b44604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc392bc7359814fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12387f9212d54111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsgesellschaften</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,130</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>