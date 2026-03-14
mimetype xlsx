--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53492ab1fd1a4723" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52f67a962c94167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12387f9212d54111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6decdd6ac3b54117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc392bc7359814fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12387f9212d54111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R021067b5a089405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6decdd6ac3b54117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beteiligungsgesellschaften</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>