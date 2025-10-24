--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce925c4099d4c12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a59f7baec0425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce1805751074028"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2aebdb9a6446b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15cca77f5144fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce1805751074028" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e77badb1c934a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2aebdb9a6446b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>