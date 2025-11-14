--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a59f7baec0425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457fbc6e05204d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2aebdb9a6446b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e701eaff7c4d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e77badb1c934a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2aebdb9a6446b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd980b5f2ba59459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e701eaff7c4d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>194,785</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,243</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>193,774</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>