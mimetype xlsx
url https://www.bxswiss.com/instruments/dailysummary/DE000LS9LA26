--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R457fbc6e05204d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df0fdeeb0964c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e701eaff7c4d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25dc058e6e19496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd980b5f2ba59459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e701eaff7c4d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racee8e71e58b4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25dc058e6e19496a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>185,792</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>