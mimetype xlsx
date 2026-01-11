--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8df0fdeeb0964c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d0bf4e6ad884a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25dc058e6e19496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f3b06c532249b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racee8e71e58b4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25dc058e6e19496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37cb73593e9b4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f3b06c532249b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>