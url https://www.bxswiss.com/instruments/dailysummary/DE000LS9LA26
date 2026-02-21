--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d0bf4e6ad884a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb51f83e0694754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f3b06c532249b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf78ea08abfdb45ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37cb73593e9b4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f3b06c532249b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R979d7c47c9604eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf78ea08abfdb45ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>191,094</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>