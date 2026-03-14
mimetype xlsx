--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racb51f83e0694754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da89c2a03c1409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf78ea08abfdb45ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602944bb79104171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R979d7c47c9604eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf78ea08abfdb45ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29af7635c5d94000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602944bb79104171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>