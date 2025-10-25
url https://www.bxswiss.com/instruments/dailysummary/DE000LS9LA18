--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R048daa6e7b0d4dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7465dd92c774147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535317832fd249cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd145f2ef6d1548ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9342627c695543e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535317832fd249cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81eb97a6aada4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd145f2ef6d1548ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Quant Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>