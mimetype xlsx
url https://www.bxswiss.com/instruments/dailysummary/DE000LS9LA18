--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7465dd92c774147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c8373762b14d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd145f2ef6d1548ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ee89be77d04934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81eb97a6aada4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd145f2ef6d1548ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce03949988014544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ee89be77d04934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Quant Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,922</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>