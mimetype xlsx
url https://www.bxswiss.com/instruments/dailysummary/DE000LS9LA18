--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c8373762b14d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7a58c07ec74904" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ee89be77d04934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c9505cb5474dd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce03949988014544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ee89be77d04934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba5261e81654234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c9505cb5474dd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Quant Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,710</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>122,068</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>