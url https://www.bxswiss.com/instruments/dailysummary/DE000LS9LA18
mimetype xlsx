--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c7a58c07ec74904" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ea521812f3d433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c9505cb5474dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb32e4e371d154973"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ba5261e81654234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c9505cb5474dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb2100db3d74c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb32e4e371d154973" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Quant Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>125,585</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,057</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>119,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,833</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>