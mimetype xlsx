--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra531edc4cc794b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e27b2f2aca4afa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99cfe4899b224eca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c6f00ca60064c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17ad06e4e6994dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99cfe4899b224eca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc983a2dfd5f4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c6f00ca60064c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>114,682</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,100</x:t>
-[...269 lines deleted...]
-          <x:t>114,172</x:t>
+          <x:t>113,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>