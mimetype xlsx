--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62e27b2f2aca4afa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122d7721a953404a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c6f00ca60064c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263aa5cf23fa4988"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc983a2dfd5f4549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c6f00ca60064c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2965476efb2e4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263aa5cf23fa4988" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>113,443</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,112</x:t>
-[...80 lines deleted...]
-          <x:t>113,007</x:t>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>