--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122d7721a953404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8555d64b9c346e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263aa5cf23fa4988"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff73b64749f74c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2965476efb2e4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263aa5cf23fa4988" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0c7f8210694eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff73b64749f74c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>114,539</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>113,908</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>