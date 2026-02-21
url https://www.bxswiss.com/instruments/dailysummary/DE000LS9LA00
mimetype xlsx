--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8555d64b9c346e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9d2931d5a84bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff73b64749f74c34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e836be20784ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree0c7f8210694eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff73b64749f74c34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7fa9069201243bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e836be20784ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,032</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>