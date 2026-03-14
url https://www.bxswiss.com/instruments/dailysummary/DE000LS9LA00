--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9d2931d5a84bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9638deac4544f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79e836be20784ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R042a25471c164721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7fa9069201243bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79e836be20784ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03ede695aa9f41d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R042a25471c164721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>