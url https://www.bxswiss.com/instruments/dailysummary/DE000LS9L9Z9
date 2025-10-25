--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34bad16354904775" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61477be4f86409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac286361c753490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62acf218dbcf4ce4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6bcb76b215e4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac286361c753490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf898b7df90694af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62acf218dbcf4ce4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Aktien &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>181,848</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,732</x:t>
-[...344 lines deleted...]
-        <x:is>
           <x:t>178,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,183</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>