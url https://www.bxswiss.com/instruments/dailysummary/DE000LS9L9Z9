--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61477be4f86409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3186d595b346c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62acf218dbcf4ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0be6f523fec4221"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf898b7df90694af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62acf218dbcf4ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7cf892856494190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0be6f523fec4221" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Aktien &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>