--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3186d595b346c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a1ef499fd145f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0be6f523fec4221"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeae5d7746d14a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7cf892856494190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0be6f523fec4221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22cce4c6e1c344cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeae5d7746d14a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Aktien &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>182,029</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>