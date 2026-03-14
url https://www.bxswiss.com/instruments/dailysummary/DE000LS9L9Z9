--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a1ef499fd145f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370a5a1e2d704417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeae5d7746d14a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d62fe7f33be41e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22cce4c6e1c344cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeae5d7746d14a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017e3402ccb84c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d62fe7f33be41e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Aktien &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9Z9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>