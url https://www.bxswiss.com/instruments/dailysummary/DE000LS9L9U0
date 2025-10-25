--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e2afaaa3824d4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdd0775f50845c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1967341be107465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfba1c126249441a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb9989ed0dfb4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1967341be107465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6bf8c9935743d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfba1c126249441a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.242,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.253,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.242,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.246,818</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.273,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.275,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.250,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.257,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.272,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.274,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.280,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.297,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.299,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.251,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.257,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.258,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.266,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.250,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.260,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.268,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.259,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.256,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.269,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>