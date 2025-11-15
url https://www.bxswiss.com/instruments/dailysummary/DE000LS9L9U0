--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdd0775f50845c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb15dec9c033b44ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfba1c126249441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af14b3cca404ef3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde6bf8c9935743d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfba1c126249441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7abd0019c7604d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af14b3cca404ef3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.244,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.254,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.230,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.251,999</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.256,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.273,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.256,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.269,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.290,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.294,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.291,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.300,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.313,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.318,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.304,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.315,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.319,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.326,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.307,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.310,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.338,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.308,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.316,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.293,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.305,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.279,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.276,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.301,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.292,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.302,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.252,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.264,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.286,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.262,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.273,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.284,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.285,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.267,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.265,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.254,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.261,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.263,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>