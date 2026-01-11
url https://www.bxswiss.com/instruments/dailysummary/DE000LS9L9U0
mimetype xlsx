--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb15dec9c033b44ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc420ca2c9ff4594" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af14b3cca404ef3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd489b670c92d4504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7abd0019c7604d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af14b3cca404ef3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418b4a4635d54fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd489b670c92d4504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>1.204,681</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.208,492</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>1.224,388</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>