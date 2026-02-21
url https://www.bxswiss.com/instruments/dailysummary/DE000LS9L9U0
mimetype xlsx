--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc420ca2c9ff4594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce6dc35487f4a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd489b670c92d4504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ffc398d7444c7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R418b4a4635d54fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd489b670c92d4504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe20d9f25dd4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ffc398d7444c7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>1.216,031</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>