--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce6dc35487f4a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e890de6e60b4301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ffc398d7444c7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f517ec188fa49d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe20d9f25dd4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ffc398d7444c7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77d8ad911e5a498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f517ec188fa49d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.113,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.115,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.101,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.109,298</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.090,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.095,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.080,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.089,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>