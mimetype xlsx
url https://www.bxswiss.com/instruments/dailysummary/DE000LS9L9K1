--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4a97ee65544a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R073dc54cb62345e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aa2d6626736488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced1ec3ca7cb45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf590b916677b410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aa2d6626736488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c23ad786aba4b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced1ec3ca7cb45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>