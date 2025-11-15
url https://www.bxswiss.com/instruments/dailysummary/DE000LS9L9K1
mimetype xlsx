--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R073dc54cb62345e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f21db1ef5f4cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced1ec3ca7cb45fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09450dcc19884809"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c23ad786aba4b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced1ec3ca7cb45fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47768ab3a0a249dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09450dcc19884809" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>253,468</x:t>
-[...279 lines deleted...]
-          <x:t>246,760</x:t>
+          <x:t>255,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>