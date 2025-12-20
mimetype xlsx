--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f21db1ef5f4cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2cc1c4761a4a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09450dcc19884809"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c367edcf66488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47768ab3a0a249dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09450dcc19884809" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3021a4091c4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c367edcf66488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,609</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>