--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf2cc1c4761a4a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48e2fee76674e10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c367edcf66488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b1dc3d875747cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e3021a4091c4728" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c367edcf66488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e7fc180fbf4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b1dc3d875747cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>