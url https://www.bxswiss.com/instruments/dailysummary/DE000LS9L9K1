--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd48e2fee76674e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd624110b42417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b1dc3d875747cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ddf82d7e434f22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e7fc180fbf4e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b1dc3d875747cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra852db636bc84fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ddf82d7e434f22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>229,135</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>