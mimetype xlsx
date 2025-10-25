--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7baca82cc3c439e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cf0de79ad848a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re76856762b154f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f36c7ff13c4e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48221f79b3f448c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re76856762b154f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e512c4483284254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f36c7ff13c4e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm KGV DIV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,265</x:t>
-[...198 lines deleted...]
-          <x:t>117,111</x:t>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>