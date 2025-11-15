--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cf0de79ad848a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80cc715b82ab4f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14f36c7ff13c4e7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra17e5bffa6f845be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e512c4483284254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14f36c7ff13c4e7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab277a5c2ff54f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra17e5bffa6f845be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm KGV DIV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>117,404</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>116,491</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>