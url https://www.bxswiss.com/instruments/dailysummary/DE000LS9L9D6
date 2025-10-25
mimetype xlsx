--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e32bfb4ff264f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R795d3d3e8dc84eab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd422a30631d14f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e70419f396f4540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a22795321c49ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd422a30631d14f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107226bdaad3414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e70419f396f4540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,194</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>