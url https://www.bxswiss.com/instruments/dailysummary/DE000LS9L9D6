--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R795d3d3e8dc84eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47575cf96caf49d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e70419f396f4540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra458b5451c794740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R107226bdaad3414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e70419f396f4540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcb6dd5c32d405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra458b5451c794740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>