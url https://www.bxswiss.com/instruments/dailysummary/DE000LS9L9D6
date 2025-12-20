--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47575cf96caf49d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e98d6cf78a4861" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra458b5451c794740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66494f11200b4a2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcb6dd5c32d405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra458b5451c794740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57737cfc6ee84f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66494f11200b4a2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...625 lines deleted...]
-          <x:t>59,729</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,618</x:t>
-[...4 lines deleted...]
-          <x:t>60,515</x:t>
+          <x:t>59,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>