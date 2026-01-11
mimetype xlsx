--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e98d6cf78a4861" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9401b95826f24071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66494f11200b4a2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a2bb2c3e804762"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57737cfc6ee84f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66494f11200b4a2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fec6ec4e84f43ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a2bb2c3e804762" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>