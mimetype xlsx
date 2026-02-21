--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9401b95826f24071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a76c84c4044b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a2bb2c3e804762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e47c0f9810c4d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fec6ec4e84f43ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a2bb2c3e804762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab317541902c4da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e47c0f9810c4d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>75,706</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>