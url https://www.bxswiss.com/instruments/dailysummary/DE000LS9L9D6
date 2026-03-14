--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a76c84c4044b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a24cb1da144f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e47c0f9810c4d93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6a53ce001804e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab317541902c4da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e47c0f9810c4d93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae3a2db42a47469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6a53ce001804e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>