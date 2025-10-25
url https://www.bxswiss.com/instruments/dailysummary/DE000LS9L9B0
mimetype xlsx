--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fde9e6ae7144beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca95e06a82c4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d9f4bcfe124484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb67505f2a384394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7768c0a9394958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d9f4bcfe124484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059ff6fc8d164819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb67505f2a384394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>197,207</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,381</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>199,402</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,836</x:t>
-[...377 lines deleted...]
-          <x:t>199,916</x:t>
+          <x:t>198,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>