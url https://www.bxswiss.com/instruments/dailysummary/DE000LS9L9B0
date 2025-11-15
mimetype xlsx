--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca95e06a82c4807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52509f56ef03429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb67505f2a384394"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d64e6418cf4969"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R059ff6fc8d164819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb67505f2a384394" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cdb40439b3d4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d64e6418cf4969" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>