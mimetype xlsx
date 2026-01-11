--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52509f56ef03429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ce91637ce94293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d64e6418cf4969"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffcf60cefce4143"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cdb40439b3d4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d64e6418cf4969" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4685d4ee20184757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffcf60cefce4143" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>200,410</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>