--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ce91637ce94293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095703715fe84e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffcf60cefce4143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88819916aa04180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4685d4ee20184757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffcf60cefce4143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29904ac3b534eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88819916aa04180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>