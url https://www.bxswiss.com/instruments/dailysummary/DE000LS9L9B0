--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095703715fe84e34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a77130069d04834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc88819916aa04180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88c60837ca984928"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29904ac3b534eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc88819916aa04180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a0072c4a9004131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88c60837ca984928" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>211,174</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>