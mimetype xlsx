--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f1cd17dbcb4495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7171770eed504548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdcbf92a1eae4b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac38e9d4dd54425"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01bdd9962c234fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdcbf92a1eae4b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73282c5e524243f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac38e9d4dd54425" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Learning by Doing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,919</x:t>
-[...360 lines deleted...]
-          <x:t>121,431</x:t>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>