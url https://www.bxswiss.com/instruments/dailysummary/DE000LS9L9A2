--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7171770eed504548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cca651949654df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac38e9d4dd54425"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c85552582c48a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73282c5e524243f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac38e9d4dd54425" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284073181bce46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c85552582c48a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Learning by Doing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>119,649</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,716</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>120,524</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>118,660</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>