--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cca651949654df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cbbbdc4af04b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c85552582c48a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472ff886734f4e71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284073181bce46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c85552582c48a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R870288317c474ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472ff886734f4e71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Learning by Doing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,584</x:t>
-[...333 lines deleted...]
-          <x:t>120,258</x:t>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>