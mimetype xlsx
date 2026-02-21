--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cbbbdc4af04b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R440254139ddf48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472ff886734f4e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec6b220d2ff47bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R870288317c474ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472ff886734f4e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8bca836a844fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec6b220d2ff47bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Learning by Doing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>120,405</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,969</x:t>
-[...404 lines deleted...]
-          <x:t>124,462</x:t>
+          <x:t>119,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>