--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R440254139ddf48a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93c90b6c46c94836" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec6b220d2ff47bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5364e8c7a8154117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8bca836a844fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec6b220d2ff47bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2d75c930a694f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5364e8c7a8154117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Learning by Doing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>