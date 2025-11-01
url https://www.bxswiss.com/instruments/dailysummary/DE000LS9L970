--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd279c08e7d7e4b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeec4ae58d324057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f31dedb916c4143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399c9e0d13564175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667b2cab9af44c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f31dedb916c4143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38e8b7b85cb4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399c9e0d13564175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RisingMoney</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>