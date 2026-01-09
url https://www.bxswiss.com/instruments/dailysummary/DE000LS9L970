--- v1 (2025-11-01)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeec4ae58d324057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452240eb121b495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R399c9e0d13564175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56608fc6368946cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38e8b7b85cb4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R399c9e0d13564175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa47aabc5664dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56608fc6368946cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RisingMoney</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>69,412</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>