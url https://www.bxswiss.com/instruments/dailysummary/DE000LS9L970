--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452240eb121b495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13da59f54adc4a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56608fc6368946cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bac3a7959f7485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa47aabc5664dbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56608fc6368946cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74bc1d92d3ab4701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bac3a7959f7485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RisingMoney</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>65,758</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>