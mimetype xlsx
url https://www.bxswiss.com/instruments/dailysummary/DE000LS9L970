--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13da59f54adc4a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75a1745c7fc945bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bac3a7959f7485e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e7dfcb2a254269"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74bc1d92d3ab4701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bac3a7959f7485e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re94374db58af417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e7dfcb2a254269" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RisingMoney</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>