--- v0 (2025-11-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R091fc70210c8480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2156acedab24e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63f864ae45e34fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06ca2b45ba7146f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ead9c09acd54b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63f864ae45e34fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc4c1139a84f44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06ca2b45ba7146f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WebInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,776</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>