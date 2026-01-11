--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2156acedab24e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c783b4e07bf4b17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06ca2b45ba7146f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23701d26fd24060"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc4c1139a84f44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06ca2b45ba7146f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928dfdd88d604807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23701d26fd24060" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WebInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,376</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>