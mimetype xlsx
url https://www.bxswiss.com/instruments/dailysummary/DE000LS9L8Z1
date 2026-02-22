--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c783b4e07bf4b17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b2541ee407a4365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23701d26fd24060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6f365f37b14cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928dfdd88d604807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23701d26fd24060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb28066cab54f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6f365f37b14cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WebInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,271</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>