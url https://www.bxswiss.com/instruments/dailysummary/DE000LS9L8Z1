--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b2541ee407a4365" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6377305ee6d405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6f365f37b14cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ddd4dbc60e74c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb28066cab54f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6f365f37b14cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70c128a8cb8484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ddd4dbc60e74c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WebInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,317</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>