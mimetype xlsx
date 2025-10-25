--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f6d3f7dcb214d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930a5e71a0374674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bc7246cee16422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e431c14ce3f4a0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3caeabddcdeb4087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bc7246cee16422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde21e1422ac84c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e431c14ce3f4a0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,373</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>