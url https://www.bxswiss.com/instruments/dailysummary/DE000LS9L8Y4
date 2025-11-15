--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930a5e71a0374674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d60d2967bc45c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e431c14ce3f4a0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0df563556be47d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde21e1422ac84c9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e431c14ce3f4a0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793b1ca86a654f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0df563556be47d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>