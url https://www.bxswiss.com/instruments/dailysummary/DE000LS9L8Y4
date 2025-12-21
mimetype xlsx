--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d60d2967bc45c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb3cc12f1af4fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0df563556be47d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0552cd21df724eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793b1ca86a654f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0df563556be47d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9478d2fce9416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0552cd21df724eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>123,080</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,003</x:t>
-[...97 lines deleted...]
-          <x:t>120,091</x:t>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,864</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>114,298</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>