--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cb3cc12f1af4fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a001ea2f464c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0552cd21df724eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cec78b40f184a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b9478d2fce9416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0552cd21df724eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd7460aec0740ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cec78b40f184a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>