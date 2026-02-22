--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a001ea2f464c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R738221cce3b84407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cec78b40f184a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eea14e635944913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd7460aec0740ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cec78b40f184a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b88542732e40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eea14e635944913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,246</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>