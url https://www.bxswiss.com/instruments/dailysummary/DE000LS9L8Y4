--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R738221cce3b84407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc636cf100a44f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eea14e635944913"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf997acf3baa4c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b88542732e40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eea14e635944913" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd71fd9782c1424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf997acf3baa4c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>136,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>