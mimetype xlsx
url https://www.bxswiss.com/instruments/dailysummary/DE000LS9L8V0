--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc753d855c5fc4b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba007cd917254cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8587d1c22d04e34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb129905553bb4eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c4d1c94cec48f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8587d1c22d04e34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9339cd30dc448e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb129905553bb4eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RJ --- Essential Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8V0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>189,173</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>188,030</x:t>
-[...409 lines deleted...]
-          <x:t>192,452</x:t>
+          <x:t>191,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>