--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2975ee6c31224cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc84342769f9452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd088e3d90fd4a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f25d74f5774459f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ef546c61774a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd088e3d90fd4a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd97bd3d5f0d7423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f25d74f5774459f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC classic value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,568</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>