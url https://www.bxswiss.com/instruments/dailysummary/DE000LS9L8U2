--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc84342769f9452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11dca16f32ca4f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f25d74f5774459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769f787e58ec4934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd97bd3d5f0d7423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f25d74f5774459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946e7f90b2dc48fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769f787e58ec4934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC classic value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>