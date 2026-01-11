--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11dca16f32ca4f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0755afa579464720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R769f787e58ec4934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d313760143487c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946e7f90b2dc48fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R769f787e58ec4934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afde6b9bc8b4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d313760143487c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC classic value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>