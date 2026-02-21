--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0755afa579464720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0e4450abdd4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d313760143487c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55def78397aa497f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afde6b9bc8b4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d313760143487c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15936cc0bb4a49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55def78397aa497f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC classic value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,175</x:t>
-[...90 lines deleted...]
-          <x:t>142,585</x:t>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>