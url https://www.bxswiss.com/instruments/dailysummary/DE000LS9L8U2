--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0e4450abdd4de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3466b53b6bc4bb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55def78397aa497f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c925f7e900740b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15936cc0bb4a49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55def78397aa497f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97b3153d56104731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c925f7e900740b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC classic value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>