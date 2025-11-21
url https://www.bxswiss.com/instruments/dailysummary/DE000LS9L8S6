--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fb03c5133434efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b1b4ccd58c4d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae6ec43fab041bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a43db93e2d94d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26102fa9064c4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae6ec43fab041bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8d22114e084138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a43db93e2d94d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>193,444</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>194,401</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>