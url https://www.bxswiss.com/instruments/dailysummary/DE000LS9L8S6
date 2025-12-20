--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b1b4ccd58c4d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2bcb9c03ecc4184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a43db93e2d94d2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79332eea61ab46f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8d22114e084138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a43db93e2d94d2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3011195b574f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79332eea61ab46f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>