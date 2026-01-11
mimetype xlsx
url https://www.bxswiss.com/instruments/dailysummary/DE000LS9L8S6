--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2bcb9c03ecc4184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e066ba4a8c14797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79332eea61ab46f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e859aedb6a495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec3011195b574f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79332eea61ab46f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde17f77411f54cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e859aedb6a495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>