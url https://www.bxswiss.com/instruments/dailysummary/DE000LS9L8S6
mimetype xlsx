--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e066ba4a8c14797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba59d73452e34450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e859aedb6a495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45bbbde927141e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde17f77411f54cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e859aedb6a495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e94bd82c32c4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45bbbde927141e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>206,324</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>