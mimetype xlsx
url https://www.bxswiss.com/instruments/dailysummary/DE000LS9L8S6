--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba59d73452e34450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde991e07ed2f4a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45bbbde927141e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05137d9caa7e4e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e94bd82c32c4805" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45bbbde927141e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06bf1d6647bb40c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05137d9caa7e4e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>