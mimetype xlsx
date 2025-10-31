--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R940b0448f2b04cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bcc1450da84608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd292fc8f906a4075"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17eda4e95ae344fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd72a538942594850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd292fc8f906a4075" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2888ed238b14280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17eda4e95ae344fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologien 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Q0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>648,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>642,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>667,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>670,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>664,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>667,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>