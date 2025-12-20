--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bcc1450da84608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a68ef430c24dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17eda4e95ae344fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bfb04cb48c4a9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2888ed238b14280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17eda4e95ae344fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058baaca1ad5418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bfb04cb48c4a9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologien 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Q0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>714,919</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>