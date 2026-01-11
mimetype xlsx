--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a68ef430c24dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ba7f32d1784c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9bfb04cb48c4a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a3c304f3b246b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058baaca1ad5418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9bfb04cb48c4a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb3d662aada4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a3c304f3b246b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologien 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Q0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>656,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>659,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>644,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>620,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>617,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>