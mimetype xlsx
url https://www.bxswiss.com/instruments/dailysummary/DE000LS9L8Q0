--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55ba7f32d1784c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37bb65a36e84e43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a3c304f3b246b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4987ab95064ae7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb3d662aada4678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a3c304f3b246b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29211d9af00b4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4987ab95064ae7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologien 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Q0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>658,818</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>