--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37bb65a36e84e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe6424e45cfe45ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4987ab95064ae7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af4fa4099234307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29211d9af00b4de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4987ab95064ae7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e55dda492046a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af4fa4099234307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologien 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Q0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>649,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>652,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>644,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>653,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>647,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>