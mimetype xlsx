--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1120f37b74e749c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89aec6cca5a7428f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cb157f9dd045a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515d6a64905c41d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb4073892c24c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cb157f9dd045a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38f7d5cfcf3d4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515d6a64905c41d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Stock Picking Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8M9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>133,994</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>126,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>