--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89aec6cca5a7428f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc71b5020a9424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515d6a64905c41d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600763bda71341e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38f7d5cfcf3d4b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515d6a64905c41d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e32fe5cb8a4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600763bda71341e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Stock Picking Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8M9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>