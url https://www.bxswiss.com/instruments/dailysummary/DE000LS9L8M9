--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc71b5020a9424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47211016ece4e9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600763bda71341e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182b925ef9fd45de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7e32fe5cb8a4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600763bda71341e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra04544d4fc534072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182b925ef9fd45de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Stock Picking Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8M9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>137,205</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,503</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>150,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>