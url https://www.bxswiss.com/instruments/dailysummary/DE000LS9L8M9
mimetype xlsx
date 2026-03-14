--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf47211016ece4e9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66904d276ba40d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R182b925ef9fd45de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeec27140d0e4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra04544d4fc534072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R182b925ef9fd45de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d48e80f71946aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeec27140d0e4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Stock Picking Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8M9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>