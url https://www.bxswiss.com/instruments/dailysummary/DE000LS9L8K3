--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47399a0dce34f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e2f59bf47b4620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3124aa38bc84a00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7025b6873e849ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fdf184267744fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3124aa38bc84a00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2c3eed407a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7025b6873e849ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot-Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>