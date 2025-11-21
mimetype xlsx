--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e2f59bf47b4620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973558029614458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7025b6873e849ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40ca724e7f149f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2c3eed407a40d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7025b6873e849ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5387ddf6af4c46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40ca724e7f149f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot-Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>