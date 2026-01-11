--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973558029614458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676ec42e8ad746b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40ca724e7f149f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034b3baefdf54e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5387ddf6af4c46f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40ca724e7f149f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bec68b943248b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034b3baefdf54e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot-Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>167,222</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,070</x:t>
-[...58 lines deleted...]
-          <x:t>169,690</x:t>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>