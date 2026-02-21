--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676ec42e8ad746b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312565e29b4047e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034b3baefdf54e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac0e3587da141ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bec68b943248b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034b3baefdf54e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ecf2c0836864ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac0e3587da141ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hot-Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8K3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>171,006</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,396</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>173,374</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>