--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ea0c5630274bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d815f5c0534e8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfe0daaeae04a09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb3997084d144d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0946f0ea70a49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfe0daaeae04a09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834fc2e1914c4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb3997084d144d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>159,563</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,784</x:t>
-[...490 lines deleted...]
-          <x:t>163,008</x:t>
+          <x:t>162,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>