--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d815f5c0534e8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42436ed5659a49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb3997084d144d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a745c59d4a4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R834fc2e1914c4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb3997084d144d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38b5dfa0b3964cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a745c59d4a4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,773</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>