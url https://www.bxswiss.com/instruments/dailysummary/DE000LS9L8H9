--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42436ed5659a49c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0f862ab08b4ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a745c59d4a4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e20420df294dfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38b5dfa0b3964cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a745c59d4a4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6067388645a74d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e20420df294dfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>167,434</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>