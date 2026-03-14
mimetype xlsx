--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0f862ab08b4ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e2c33ad675466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e20420df294dfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b5032afa104aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6067388645a74d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e20420df294dfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R873bbaa708c54949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b5032afa104aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsbranchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8H9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>161,025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>163,672</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,461</x:t>
-[...296 lines deleted...]
-          <x:t>162,579</x:t>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>