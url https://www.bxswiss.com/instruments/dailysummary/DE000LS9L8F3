--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R330bacfa7c73415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e55e070089a4925" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8fc63c388945ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9840744ea9fd4249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9aa59c0bc234264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8fc63c388945ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6276012d1e9149ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9840744ea9fd4249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit inneren Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>227,189</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>