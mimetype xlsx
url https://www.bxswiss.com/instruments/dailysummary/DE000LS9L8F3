--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e55e070089a4925" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa42fc51a97d4b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9840744ea9fd4249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6875059e48b24d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6276012d1e9149ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9840744ea9fd4249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed90f78ddbe4f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6875059e48b24d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit inneren Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>270,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>