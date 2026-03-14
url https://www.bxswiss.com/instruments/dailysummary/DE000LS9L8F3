--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa42fc51a97d4b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7247566488485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6875059e48b24d93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bab7c5493b043a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed90f78ddbe4f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6875059e48b24d93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e452de4bd34810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bab7c5493b043a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit inneren Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>