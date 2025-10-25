--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27a8223d74754f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2279df0f0fb74c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c99a220eb0c4721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ec5f032d9d4a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9340afa32dc847b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c99a220eb0c4721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d5bd718b7414e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ec5f032d9d4a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>riemes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>