--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2279df0f0fb74c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd545f5e3ad644c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ec5f032d9d4a96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4da1682ea9465d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d5bd718b7414e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ec5f032d9d4a96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb1b6cad8434e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4da1682ea9465d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>riemes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>