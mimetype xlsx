--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd545f5e3ad644c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca21de88f7c40c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4da1682ea9465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R508ca65898444f5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb1b6cad8434e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4da1682ea9465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b436f5851624308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R508ca65898444f5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>riemes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,764</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>