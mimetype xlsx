--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca21de88f7c40c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fe490f5d184774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R508ca65898444f5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R327fe8cc863f4232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b436f5851624308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R508ca65898444f5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58397153b15b4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R327fe8cc863f4232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>riemes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>